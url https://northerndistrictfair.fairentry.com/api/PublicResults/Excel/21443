--- v0 (2025-11-06)
+++ v1 (2026-01-10)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R190e9f0f3b164d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7e0510b14434c5b8c6fc128aa5c8c74.psmdcp" Id="R3b1d003af5084e58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ae3117afca740dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ee0bf59322db48069a0c557603f148af.psmdcp" Id="R6dea446c61a74cbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Black Hawk Coun..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1608" uniqueCount="1608">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>
@@ -10003,74 +10003,74 @@
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:10">
       <x:c r="A207" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:10">
       <x:c r="A208" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:10">
       <x:c r="A209" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">